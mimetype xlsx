--- v0 (2025-12-26)
+++ v1 (2026-03-27)
@@ -12,54 +12,54 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style1.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors1.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/charts/chart2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style2.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors2.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="10811"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Users/PhillipLeBel/Desktop/IMF Public Finance Data/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Users/PhillipLeBel/Desktop/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{D654DB4D-0409-1944-96B3-802B809522F4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{7251F9E9-9284-B247-B724-6052512AE131}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="1400" yWindow="1220" windowWidth="24460" windowHeight="14540" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Data" sheetId="1" r:id="rId1"/>
     <sheet name="Series - Metadata" sheetId="2" r:id="rId2"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId3"/>
   </externalReferences>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
@@ -396,77 +396,97 @@
     <numFmt numFmtId="165" formatCode="0.000"/>
   </numFmts>
   <fonts count="2" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Helvetica Neue"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
-  <borders count="1">
+  <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
+    <border>
+      <left style="medium">
+        <color auto="1"/>
+      </left>
+      <right style="medium">
+        <color auto="1"/>
+      </right>
+      <top style="medium">
+        <color auto="1"/>
+      </top>
+      <bottom style="medium">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="8">
+  <cellXfs count="11">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
-    <xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1"/>
+    <xf numFmtId="2" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="165" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors1.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style1.xml"/></Relationships>
 </file>
 
@@ -3414,141 +3434,141 @@
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="4" name="Chart 3">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FB418597-A66E-303A-673A-B5DB0B4CBFB5}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr/>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId2"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
-      <xdr:col>12</xdr:col>
-      <xdr:colOff>558800</xdr:colOff>
+      <xdr:col>6</xdr:col>
+      <xdr:colOff>345440</xdr:colOff>
       <xdr:row>1</xdr:row>
-      <xdr:rowOff>81280</xdr:rowOff>
+      <xdr:rowOff>50800</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>18</xdr:col>
-      <xdr:colOff>670560</xdr:colOff>
+      <xdr:col>12</xdr:col>
+      <xdr:colOff>826442</xdr:colOff>
       <xdr:row>20</xdr:row>
-      <xdr:rowOff>7620</xdr:rowOff>
+      <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3FD69A17-9F38-DD28-59B9-FE7C1553BB27}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="11572240" y="274320"/>
-          <a:ext cx="6146800" cy="3594100"/>
+          <a:off x="5323840" y="254000"/>
+          <a:ext cx="6516042" cy="3810000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
-      <xdr:col>12</xdr:col>
-      <xdr:colOff>528320</xdr:colOff>
+      <xdr:col>6</xdr:col>
+      <xdr:colOff>355600</xdr:colOff>
       <xdr:row>20</xdr:row>
-      <xdr:rowOff>91440</xdr:rowOff>
+      <xdr:rowOff>60960</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>18</xdr:col>
-      <xdr:colOff>701040</xdr:colOff>
+      <xdr:col>12</xdr:col>
+      <xdr:colOff>883920</xdr:colOff>
       <xdr:row>39</xdr:row>
-      <xdr:rowOff>81280</xdr:rowOff>
+      <xdr:rowOff>152400</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="5" name="Picture 4">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B9C89399-ECE3-5711-C8B3-BD956E1328FA}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="11541760" y="3952240"/>
-          <a:ext cx="6207760" cy="3657600"/>
+          <a:off x="5334000" y="4124960"/>
+          <a:ext cx="6563360" cy="3952240"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="/Users/PhillipLeBel/Desktop/bank-data.xlsx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="/Users/PhillipLeBel/Desktop/bank-data.xlsx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="/Users/PhillipLeBel/Desktop/bank-data.xlsx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="bank-data.xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/externalLink1.xml><?xml version="1.0" encoding="utf-8"?>
 <externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
   <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
     <xxl21:alternateUrls>
       <xxl21:absoluteUrl r:id="rId2"/>
     </xxl21:alternateUrls>
     <sheetNames>
       <sheetName val="Sheet 1 - bank-data"/>
     </sheetNames>
     <sheetDataSet>
       <sheetData sheetId="0">
         <row r="3">
           <cell r="B3">
             <v>1</v>
           </cell>
           <cell r="D3">
             <v>1435</v>
           </cell>
         </row>
         <row r="4">
           <cell r="B4">
             <v>2</v>
           </cell>
@@ -35547,2361 +35567,2490 @@
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:F136"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A29" zoomScale="125" zoomScaleNormal="125" workbookViewId="0">
-      <selection activeCell="M43" sqref="M43"/>
+    <sheetView tabSelected="1" topLeftCell="E1" zoomScale="125" zoomScaleNormal="125" workbookViewId="0">
+      <selection activeCell="N27" sqref="N27"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="13.1640625" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="6.83203125" customWidth="1"/>
     <col min="2" max="2" width="8.1640625" style="1" customWidth="1"/>
     <col min="3" max="3" width="16.5" customWidth="1"/>
     <col min="4" max="4" width="8.83203125" customWidth="1"/>
     <col min="5" max="5" width="10.5" customWidth="1"/>
     <col min="6" max="6" width="14.5" style="4" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C1" t="s">
         <v>3</v>
       </c>
       <c r="D1" t="s">
         <v>2</v>
       </c>
       <c r="E1" t="s">
         <v>1</v>
       </c>
       <c r="F1" s="3" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="2" spans="1:6" x14ac:dyDescent="0.2">
+    <row r="2" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A2">
         <v>1934</v>
       </c>
-      <c r="B2">
+      <c r="B2" s="5">
         <f>COUNT('[1]Sheet 1 - bank-data'!$B$3:$B$11)</f>
         <v>9</v>
       </c>
-      <c r="C2" s="4">
+      <c r="C2" s="6">
         <f t="shared" ref="C2:C33" si="0">F2/(D2/100)</f>
         <v>11358.309584377332</v>
       </c>
       <c r="D2" s="7">
         <f t="shared" ref="D2:D65" si="1">$E$92/E2</f>
         <v>23.427781926811051</v>
       </c>
-      <c r="E2" s="6">
+      <c r="E2" s="8">
         <v>13.39</v>
       </c>
-      <c r="F2" s="4">
+      <c r="F2" s="6">
         <f>SUM('[1]Sheet 1 - bank-data'!$D$3:$D$11)</f>
         <v>2661</v>
       </c>
     </row>
-    <row r="3" spans="1:6" x14ac:dyDescent="0.2">
+    <row r="3" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A3">
         <v>1935</v>
       </c>
-      <c r="B3">
+      <c r="B3" s="5">
         <f>COUNT('[1]Sheet 1 - bank-data'!$B$12:$B$36)</f>
         <v>25</v>
       </c>
-      <c r="C3" s="4">
+      <c r="C3" s="6">
         <f t="shared" si="0"/>
         <v>53939.942237438561</v>
       </c>
       <c r="D3" s="7">
         <f t="shared" si="1"/>
         <v>22.847632920611797</v>
       </c>
-      <c r="E3" s="6">
+      <c r="E3" s="8">
         <v>13.73</v>
       </c>
-      <c r="F3" s="4">
+      <c r="F3" s="6">
         <f>SUM('[1]Sheet 1 - bank-data'!$D$12:$D$36)</f>
         <v>12324</v>
       </c>
     </row>
-    <row r="4" spans="1:6" x14ac:dyDescent="0.2">
+    <row r="4" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A4">
         <v>1936</v>
       </c>
-      <c r="B4">
+      <c r="B4" s="5">
         <f>COUNT('[1]Sheet 1 - bank-data'!$B$37:$B$105)</f>
         <v>69</v>
       </c>
-      <c r="C4" s="4">
+      <c r="C4" s="6">
         <f t="shared" si="0"/>
         <v>57114.874815905743</v>
       </c>
       <c r="D4" s="7">
         <f t="shared" si="1"/>
         <v>22.633333333333333</v>
       </c>
-      <c r="E4" s="6">
+      <c r="E4" s="8">
         <v>13.86</v>
       </c>
-      <c r="F4" s="4">
+      <c r="F4" s="6">
         <f>SUM('[1]Sheet 1 - bank-data'!$D$37:$D$105)</f>
         <v>12927</v>
       </c>
     </row>
-    <row r="5" spans="1:6" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A5">
         <v>1937</v>
       </c>
-      <c r="B5">
+      <c r="B5" s="5">
         <f>COUNT('[1]Sheet 1 - bank-data'!$B$106:$B$180)</f>
         <v>75</v>
       </c>
-      <c r="C5" s="4">
+      <c r="C5" s="6">
         <f t="shared" si="0"/>
         <v>88275.424134039757</v>
       </c>
       <c r="D5" s="7">
         <f t="shared" si="1"/>
         <v>21.84526462395543</v>
       </c>
-      <c r="E5" s="6">
+      <c r="E5" s="8">
         <v>14.36</v>
       </c>
-      <c r="F5" s="4">
+      <c r="F5" s="6">
         <f>SUM('[1]Sheet 1 - bank-data'!$D$106:$D$180)</f>
         <v>19284</v>
       </c>
     </row>
-    <row r="6" spans="1:6" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A6">
         <v>1938</v>
       </c>
-      <c r="B6">
+      <c r="B6" s="5">
         <f>COUNT('[1]Sheet 1 - bank-data'!$B$181:$B$254)</f>
         <v>74</v>
       </c>
-      <c r="C6" s="4">
+      <c r="C6" s="6">
         <f t="shared" si="0"/>
         <v>62518.316980025382</v>
       </c>
       <c r="D6" s="7">
         <f t="shared" si="1"/>
         <v>22.263875088715398</v>
       </c>
-      <c r="E6" s="6">
+      <c r="E6" s="8">
         <v>14.09</v>
       </c>
-      <c r="F6" s="4">
+      <c r="F6" s="6">
         <f>SUM('[1]Sheet 1 - bank-data'!$D$181:$D$254)</f>
         <v>13919</v>
       </c>
     </row>
-    <row r="7" spans="1:6" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A7">
         <v>1939</v>
       </c>
-      <c r="B7">
+      <c r="B7" s="5">
         <f>COUNT('[1]Sheet 1 - bank-data'!$B$255:$B$314)</f>
         <v>60</v>
       </c>
-      <c r="C7" s="4">
+      <c r="C7" s="6">
         <f t="shared" si="0"/>
         <v>194483.37891857777</v>
       </c>
       <c r="D7" s="7">
         <f t="shared" si="1"/>
         <v>22.584449244060472</v>
       </c>
-      <c r="E7" s="6">
+      <c r="E7" s="8">
         <v>13.89</v>
       </c>
-      <c r="F7" s="4">
+      <c r="F7" s="6">
         <f>SUM('[1]Sheet 1 - bank-data'!$D$255:$D$314)</f>
         <v>43923</v>
       </c>
     </row>
-    <row r="8" spans="1:6" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A8">
         <v>1940</v>
       </c>
-      <c r="B8">
+      <c r="B8" s="5">
         <f>COUNT('[1]Sheet 1 - bank-data'!$B$315:$B$357)</f>
         <v>43</v>
       </c>
-      <c r="C8" s="4">
+      <c r="C8" s="6">
         <f t="shared" si="0"/>
         <v>35596.264560182084</v>
       </c>
       <c r="D8" s="7">
         <f t="shared" si="1"/>
         <v>22.359087669280115</v>
       </c>
-      <c r="E8" s="6">
+      <c r="E8" s="8">
         <v>14.03</v>
       </c>
-      <c r="F8" s="4">
+      <c r="F8" s="6">
         <f>SUM('[1]Sheet 1 - bank-data'!$D$315:$D$357)</f>
         <v>7959</v>
       </c>
     </row>
-    <row r="9" spans="1:6" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A9">
         <v>1941</v>
       </c>
-      <c r="B9">
+      <c r="B9" s="5">
         <f>COUNT('[1]Sheet 1 - bank-data'!$B$358:$B$372)</f>
         <v>15</v>
       </c>
-      <c r="C9" s="4">
+      <c r="C9" s="6">
         <f t="shared" si="0"/>
         <v>83633.312931545632</v>
       </c>
       <c r="D9" s="7">
         <f t="shared" si="1"/>
         <v>21.296537678207738</v>
       </c>
-      <c r="E9" s="6">
+      <c r="E9" s="8">
         <v>14.73</v>
       </c>
-      <c r="F9" s="4">
+      <c r="F9" s="6">
         <f>SUM('[1]Sheet 1 - bank-data'!$D$358:$D$372)</f>
         <v>17811</v>
       </c>
     </row>
-    <row r="10" spans="1:6" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A10">
         <v>1942</v>
       </c>
-      <c r="B10">
+      <c r="B10" s="5">
         <f>COUNT('[1]Sheet 1 - bank-data'!$B$373:$B$392)</f>
         <v>20</v>
       </c>
-      <c r="C10" s="4">
+      <c r="C10" s="6">
         <f t="shared" si="0"/>
         <v>8324.1206510720531</v>
       </c>
       <c r="D10" s="7">
         <f t="shared" si="1"/>
         <v>19.245276073619628</v>
       </c>
-      <c r="E10" s="6">
+      <c r="E10" s="8">
         <v>16.3</v>
       </c>
-      <c r="F10" s="4">
+      <c r="F10" s="6">
         <f>SUM('[1]Sheet 1 - bank-data'!$D$373:$D$392)</f>
         <v>1602</v>
       </c>
     </row>
-    <row r="11" spans="1:6" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A11">
         <v>1943</v>
       </c>
-      <c r="B11">
+      <c r="B11" s="5">
         <f>COUNT('[1]Sheet 1 - bank-data'!$B$393:$B$397)</f>
         <v>5</v>
       </c>
-      <c r="C11" s="4">
+      <c r="C11" s="6">
         <f t="shared" si="0"/>
         <v>77533.391988473013</v>
       </c>
       <c r="D11" s="7">
         <f t="shared" si="1"/>
         <v>18.132832369942193</v>
       </c>
-      <c r="E11" s="6">
+      <c r="E11" s="8">
         <v>17.3</v>
       </c>
-      <c r="F11" s="4">
+      <c r="F11" s="6">
         <f>SUM('[1]Sheet 1 - bank-data'!$D$393:$D$397)</f>
         <v>14059</v>
       </c>
     </row>
-    <row r="12" spans="1:6" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A12">
         <v>1944</v>
       </c>
-      <c r="B12">
+      <c r="B12" s="5">
         <f>COUNT('[1]Sheet 1 - bank-data'!$B$398:$B$399)</f>
         <v>2</v>
       </c>
-      <c r="C12" s="4">
+      <c r="C12" s="6">
         <f t="shared" si="0"/>
         <v>11770.811417350447</v>
       </c>
       <c r="D12" s="7">
         <f t="shared" si="1"/>
         <v>17.823749999999997</v>
       </c>
-      <c r="E12" s="6">
+      <c r="E12" s="8">
         <v>17.600000000000001</v>
       </c>
-      <c r="F12" s="4">
+      <c r="F12" s="6">
         <f>SUM('[1]Sheet 1 - bank-data'!$D$398:$D$399)</f>
         <v>2098</v>
       </c>
     </row>
-    <row r="13" spans="1:6" x14ac:dyDescent="0.2">
+    <row r="13" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A13">
         <v>1945</v>
       </c>
-      <c r="B13">
+      <c r="B13" s="5">
         <v>1</v>
       </c>
-      <c r="C13" s="4">
+      <c r="C13" s="6">
         <f t="shared" si="0"/>
         <v>36677.313849626073</v>
       </c>
       <c r="D13" s="7">
         <f t="shared" si="1"/>
         <v>17.427666666666667</v>
       </c>
-      <c r="E13" s="6">
+      <c r="E13" s="8">
         <v>18</v>
       </c>
-      <c r="F13" s="4">
+      <c r="F13" s="6">
         <v>6392</v>
       </c>
     </row>
-    <row r="14" spans="1:6" x14ac:dyDescent="0.2">
+    <row r="14" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A14">
         <v>1946</v>
       </c>
-      <c r="B14">
+      <c r="B14" s="5">
         <v>1</v>
       </c>
-      <c r="C14" s="4">
+      <c r="C14" s="6">
         <f t="shared" si="0"/>
         <v>2186.3512040242526</v>
       </c>
       <c r="D14" s="7">
         <f t="shared" si="1"/>
         <v>16.054145342886386</v>
       </c>
-      <c r="E14" s="6">
+      <c r="E14" s="8">
         <v>19.54</v>
       </c>
-      <c r="F14" s="4">
+      <c r="F14" s="6">
         <v>351</v>
       </c>
     </row>
-    <row r="15" spans="1:6" x14ac:dyDescent="0.2">
+    <row r="15" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A15">
         <v>1947</v>
       </c>
-      <c r="B15">
+      <c r="B15" s="5">
         <f>COUNT('[1]Sheet 1 - bank-data'!$B$402:$B$406)</f>
         <v>5</v>
       </c>
-      <c r="C15" s="4">
+      <c r="C15" s="6">
         <f t="shared" si="0"/>
         <v>48411.95034714917</v>
       </c>
       <c r="D15" s="7">
         <f t="shared" si="1"/>
         <v>14.041987466427932</v>
       </c>
-      <c r="E15" s="6">
+      <c r="E15" s="8">
         <v>22.34</v>
       </c>
-      <c r="F15" s="4">
+      <c r="F15" s="6">
         <f>SUM('[1]Sheet 1 - bank-data'!$D$402:$D$406)</f>
         <v>6798</v>
       </c>
     </row>
-    <row r="16" spans="1:6" x14ac:dyDescent="0.2">
+    <row r="16" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A16">
         <v>1948</v>
       </c>
-      <c r="B16">
+      <c r="B16" s="5">
         <v>3</v>
       </c>
-      <c r="C16" s="4">
+      <c r="C16" s="6">
         <f t="shared" si="0"/>
         <v>79525.148391127776</v>
       </c>
       <c r="D16" s="7">
         <f t="shared" si="1"/>
         <v>13.027325581395349</v>
       </c>
-      <c r="E16" s="6">
+      <c r="E16" s="8">
         <v>24.08</v>
       </c>
-      <c r="F16" s="4">
+      <c r="F16" s="6">
         <f>SUM('[1]Sheet 1 - bank-data'!$D$407:$D$409)</f>
         <v>10360</v>
       </c>
     </row>
-    <row r="17" spans="1:6" x14ac:dyDescent="0.2">
+    <row r="17" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A17">
         <v>1949</v>
       </c>
-      <c r="B17">
+      <c r="B17" s="5">
         <v>4</v>
       </c>
-      <c r="C17" s="4">
+      <c r="C17" s="6">
         <f t="shared" si="0"/>
         <v>34448.530114951333</v>
       </c>
       <c r="D17" s="7">
         <f t="shared" si="1"/>
         <v>13.152955974842765</v>
       </c>
-      <c r="E17" s="6">
+      <c r="E17" s="8">
         <v>23.85</v>
       </c>
-      <c r="F17" s="4">
+      <c r="F17" s="6">
         <f>SUM('[1]Sheet 1 - bank-data'!$D$410:$D$412)</f>
         <v>4531</v>
       </c>
     </row>
-    <row r="18" spans="1:6" x14ac:dyDescent="0.2">
+    <row r="18" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A18">
         <v>1950</v>
       </c>
-      <c r="B18">
+      <c r="B18" s="5">
         <v>4</v>
       </c>
-      <c r="C18" s="4">
+      <c r="C18" s="6">
         <f t="shared" si="0"/>
         <v>30743.071361628063</v>
       </c>
       <c r="D18" s="7">
         <f t="shared" si="1"/>
         <v>13.027325581395349</v>
       </c>
-      <c r="E18" s="6">
+      <c r="E18" s="8">
         <v>24.08</v>
       </c>
-      <c r="F18" s="4">
+      <c r="F18" s="6">
         <f>SUM('[1]Sheet 1 - bank-data'!$D$414:$D$417)</f>
         <v>4005</v>
       </c>
     </row>
-    <row r="19" spans="1:6" x14ac:dyDescent="0.2">
+    <row r="19" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A19">
         <v>1951</v>
       </c>
-      <c r="B19">
+      <c r="B19" s="5">
         <v>2</v>
       </c>
-      <c r="C19" s="4">
+      <c r="C19" s="6">
         <f t="shared" si="0"/>
         <v>25259.644626360387</v>
       </c>
       <c r="D19" s="7">
         <f t="shared" si="1"/>
         <v>12.07459584295612</v>
       </c>
-      <c r="E19" s="6">
+      <c r="E19" s="8">
         <v>25.98</v>
       </c>
-      <c r="F19" s="4">
+      <c r="F19" s="6">
         <f>SUM('[1]Sheet 1 - bank-data'!$D$418:$D$419)</f>
         <v>3050</v>
       </c>
     </row>
-    <row r="20" spans="1:6" x14ac:dyDescent="0.2">
+    <row r="20" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A20">
         <v>1952</v>
       </c>
-      <c r="B20">
+      <c r="B20" s="5">
         <v>3</v>
       </c>
-      <c r="C20" s="4">
+      <c r="C20" s="6">
         <f t="shared" si="0"/>
         <v>20219.430790122988</v>
       </c>
       <c r="D20" s="7">
         <f t="shared" si="1"/>
         <v>11.815367231638417</v>
       </c>
-      <c r="E20" s="6">
+      <c r="E20" s="8">
         <v>26.55</v>
       </c>
-      <c r="F20" s="4">
+      <c r="F20" s="6">
         <f>SUM('[1]Sheet 1 - bank-data'!$D$420:$D$422)</f>
         <v>2389</v>
       </c>
     </row>
-    <row r="21" spans="1:6" x14ac:dyDescent="0.2">
+    <row r="21" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A21">
         <v>1953</v>
       </c>
-      <c r="B21">
+      <c r="B21" s="5">
         <v>2</v>
       </c>
-      <c r="C21" s="4">
+      <c r="C21" s="6">
         <f t="shared" si="0"/>
         <v>160407.22287040405</v>
       </c>
       <c r="D21" s="7">
         <f t="shared" si="1"/>
         <v>11.727028037383176</v>
       </c>
-      <c r="E21" s="6">
+      <c r="E21" s="8">
         <v>26.75</v>
       </c>
-      <c r="F21" s="4">
+      <c r="F21" s="6">
         <f>SUM('[1]Sheet 1 - bank-data'!$D$423:$D$424)</f>
         <v>18811</v>
       </c>
     </row>
-    <row r="22" spans="1:6" x14ac:dyDescent="0.2">
+    <row r="22" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A22">
         <v>1954</v>
       </c>
-      <c r="B22">
+      <c r="B22" s="5">
         <v>2</v>
       </c>
-      <c r="C22" s="4">
+      <c r="C22" s="6">
         <f t="shared" si="0"/>
         <v>9751.238452269381</v>
       </c>
       <c r="D22" s="7">
         <f t="shared" si="1"/>
         <v>11.6703125</v>
       </c>
-      <c r="E22" s="6">
+      <c r="E22" s="8">
         <v>26.88</v>
       </c>
-      <c r="F22" s="4">
+      <c r="F22" s="6">
         <f>SUM('[1]Sheet 1 - bank-data'!$D$425:$D$426)</f>
         <v>1138</v>
       </c>
     </row>
-    <row r="23" spans="1:6" x14ac:dyDescent="0.2">
+    <row r="23" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A23">
         <v>1955</v>
       </c>
-      <c r="B23">
+      <c r="B23" s="5">
         <v>5</v>
       </c>
-      <c r="C23" s="4">
+      <c r="C23" s="6">
         <f t="shared" si="0"/>
         <v>50794.394608827606</v>
       </c>
       <c r="D23" s="7">
         <f t="shared" si="1"/>
         <v>11.713890963405525</v>
       </c>
-      <c r="E23" s="6">
+      <c r="E23" s="8">
         <v>26.78</v>
       </c>
-      <c r="F23" s="4">
+      <c r="F23" s="6">
         <f>SUM('[1]Sheet 1 - bank-data'!$D$427:$D$430)</f>
         <v>5950</v>
       </c>
     </row>
-    <row r="24" spans="1:6" x14ac:dyDescent="0.2">
+    <row r="24" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A24">
         <v>1956</v>
       </c>
-      <c r="B24" s="1">
+      <c r="B24" s="9">
         <v>2</v>
       </c>
-      <c r="C24" s="4">
+      <c r="C24" s="6">
         <f t="shared" si="0"/>
         <v>111891.85777403746</v>
       </c>
       <c r="D24" s="7">
         <f t="shared" si="1"/>
         <v>11.54150110375276</v>
       </c>
-      <c r="E24" s="6">
+      <c r="E24" s="8">
         <v>27.18</v>
       </c>
-      <c r="F24" s="4">
+      <c r="F24" s="6">
         <f>SUM('[1]Sheet 1 - bank-data'!$D$432:$D$433)</f>
         <v>12914</v>
       </c>
     </row>
-    <row r="25" spans="1:6" x14ac:dyDescent="0.2">
+    <row r="25" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A25">
         <v>1957</v>
       </c>
-      <c r="B25" s="1">
+      <c r="B25" s="9">
         <v>1</v>
       </c>
-      <c r="C25" s="4">
+      <c r="C25" s="6">
         <f t="shared" si="0"/>
         <v>11243.919310929619</v>
       </c>
       <c r="D25" s="7">
         <f t="shared" si="1"/>
         <v>11.14380106571936</v>
       </c>
-      <c r="E25" s="6">
+      <c r="E25" s="8">
         <v>28.15</v>
       </c>
-      <c r="F25" s="4">
+      <c r="F25" s="6">
         <v>1253</v>
       </c>
     </row>
-    <row r="26" spans="1:6" x14ac:dyDescent="0.2">
+    <row r="26" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A26">
         <v>1958</v>
       </c>
-      <c r="B26" s="1">
+      <c r="B26" s="9">
         <v>3</v>
       </c>
-      <c r="C26" s="4">
+      <c r="C26" s="6">
         <f t="shared" si="0"/>
         <v>82095.709886578828</v>
       </c>
       <c r="D26" s="7">
         <f t="shared" si="1"/>
         <v>10.847095435684645</v>
       </c>
-      <c r="E26" s="6">
+      <c r="E26" s="8">
         <v>28.92</v>
       </c>
-      <c r="F26" s="4">
+      <c r="F26" s="6">
         <f>SUM('[1]Sheet 1 - bank-data'!$D$435:$D$438)</f>
         <v>8905</v>
       </c>
     </row>
-    <row r="27" spans="1:6" x14ac:dyDescent="0.2">
+    <row r="27" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A27">
         <v>1959</v>
       </c>
-      <c r="B27" s="1">
+      <c r="B27" s="9">
         <v>3</v>
       </c>
-      <c r="C27" s="4">
+      <c r="C27" s="6">
         <f t="shared" si="0"/>
         <v>26576.018973662569</v>
       </c>
       <c r="D27" s="7">
         <f t="shared" si="1"/>
         <v>10.757818930041152</v>
       </c>
-      <c r="E27" s="6">
+      <c r="E27" s="8">
         <v>29.16</v>
       </c>
-      <c r="F27" s="4">
+      <c r="F27" s="6">
         <f>SUM('[1]Sheet 1 - bank-data'!$D$439:$D$441)</f>
         <v>2859</v>
       </c>
     </row>
-    <row r="28" spans="1:6" x14ac:dyDescent="0.2">
+    <row r="28" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A28">
         <v>1960</v>
       </c>
-      <c r="B28" s="1">
+      <c r="B28" s="9">
         <v>1</v>
       </c>
-      <c r="C28" s="4">
+      <c r="C28" s="6">
         <f t="shared" si="0"/>
         <v>70873.171011609898</v>
       </c>
       <c r="D28" s="7">
         <f t="shared" si="1"/>
         <v>10.590749493585415</v>
       </c>
-      <c r="E28" s="6">
+      <c r="E28" s="8">
         <v>29.62</v>
       </c>
-      <c r="F28" s="4">
+      <c r="F28" s="6">
         <v>7506</v>
       </c>
     </row>
-    <row r="29" spans="1:6" x14ac:dyDescent="0.2">
+    <row r="29" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A29">
         <v>1961</v>
       </c>
-      <c r="B29" s="1">
+      <c r="B29" s="9">
         <v>5</v>
       </c>
-      <c r="C29" s="4">
+      <c r="C29" s="6">
         <f t="shared" si="0"/>
         <v>93652.009257311191</v>
       </c>
       <c r="D29" s="7">
         <f t="shared" si="1"/>
         <v>10.48455882352941</v>
       </c>
-      <c r="E29" s="6">
+      <c r="E29" s="8">
         <v>29.92</v>
       </c>
-      <c r="F29" s="4">
+      <c r="F29" s="6">
         <f>SUM('[1]Sheet 1 - bank-data'!$D$443:$D$447)</f>
         <v>9819</v>
       </c>
     </row>
-    <row r="30" spans="1:6" x14ac:dyDescent="0.2">
+    <row r="30" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A30">
         <v>1962</v>
       </c>
-      <c r="B30" s="1">
+      <c r="B30" s="9">
         <v>1</v>
       </c>
-      <c r="C30" s="4">
+      <c r="C30" s="6">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="D30" s="7">
         <f t="shared" si="1"/>
         <v>10.366754791804361</v>
       </c>
-      <c r="E30" s="6">
+      <c r="E30" s="8">
         <v>30.26</v>
       </c>
-      <c r="F30" s="4">
+      <c r="F30" s="6">
         <v>0</v>
       </c>
     </row>
-    <row r="31" spans="1:6" x14ac:dyDescent="0.2">
+    <row r="31" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A31">
         <v>1963</v>
       </c>
-      <c r="B31" s="1">
+      <c r="B31" s="9">
         <v>2</v>
       </c>
-      <c r="C31" s="4">
+      <c r="C31" s="6">
         <f t="shared" si="0"/>
         <v>255532.70342813793</v>
       </c>
       <c r="D31" s="7">
         <f t="shared" si="1"/>
         <v>10.244872632266491</v>
       </c>
-      <c r="E31" s="6">
+      <c r="E31" s="8">
         <v>30.62</v>
       </c>
-      <c r="F31" s="4">
+      <c r="F31" s="6">
         <f>SUM('[1]Sheet 1 - bank-data'!$D$449:$D$450)</f>
         <v>26179</v>
       </c>
     </row>
-    <row r="32" spans="1:6" x14ac:dyDescent="0.2">
+    <row r="32" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A32">
         <v>1964</v>
       </c>
-      <c r="B32" s="1">
+      <c r="B32" s="9">
         <v>3</v>
       </c>
-      <c r="C32" s="4">
+      <c r="C32" s="6">
         <f t="shared" si="0"/>
         <v>255690.01715025282</v>
       </c>
       <c r="D32" s="7">
         <f t="shared" si="1"/>
         <v>10.1095069287786</v>
       </c>
-      <c r="E32" s="6">
+      <c r="E32" s="8">
         <v>31.03</v>
       </c>
-      <c r="F32" s="4">
+      <c r="F32" s="6">
         <f>SUM('[1]Sheet 1 - bank-data'!$D$451:$D$457)</f>
         <v>25849</v>
       </c>
     </row>
-    <row r="33" spans="1:6" x14ac:dyDescent="0.2">
+    <row r="33" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A33">
         <v>1965</v>
       </c>
-      <c r="B33" s="1">
+      <c r="B33" s="9">
         <v>5</v>
       </c>
-      <c r="C33" s="4">
+      <c r="C33" s="6">
         <f t="shared" si="0"/>
         <v>591062.10431689082</v>
       </c>
       <c r="D33" s="7">
         <f t="shared" si="1"/>
         <v>9.9397338403041822</v>
       </c>
-      <c r="E33" s="6">
+      <c r="E33" s="8">
         <v>31.56</v>
       </c>
-      <c r="F33" s="4">
+      <c r="F33" s="6">
         <f>SUM('[1]Sheet 1 - bank-data'!$D$458:$D$462)</f>
         <v>58750</v>
       </c>
     </row>
-    <row r="34" spans="1:6" x14ac:dyDescent="0.2">
+    <row r="34" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A34">
         <v>1966</v>
       </c>
-      <c r="B34" s="1">
+      <c r="B34" s="9">
         <v>7</v>
       </c>
-      <c r="C34" s="4">
+      <c r="C34" s="6">
         <f t="shared" ref="C34:C65" si="2">F34/(D34/100)</f>
         <v>1260753.6101600903</v>
       </c>
       <c r="D34" s="7">
         <f t="shared" si="1"/>
         <v>9.664140480591497</v>
       </c>
-      <c r="E34" s="6">
+      <c r="E34" s="8">
         <v>32.46</v>
       </c>
-      <c r="F34" s="4">
+      <c r="F34" s="6">
         <f>SUM('[1]Sheet 1 - bank-data'!$D$461:$D$469)</f>
         <v>121841</v>
       </c>
     </row>
-    <row r="35" spans="1:6" x14ac:dyDescent="0.2">
+    <row r="35" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A35">
         <v>1967</v>
       </c>
-      <c r="B35" s="1">
+      <c r="B35" s="9">
         <v>4</v>
       </c>
-      <c r="C35" s="4">
+      <c r="C35" s="6">
         <f t="shared" si="2"/>
         <v>127691.66523216598</v>
       </c>
       <c r="D35" s="7">
         <f t="shared" si="1"/>
         <v>9.3921556886227542</v>
       </c>
-      <c r="E35" s="6">
+      <c r="E35" s="8">
         <v>33.4</v>
       </c>
-      <c r="F35" s="4">
+      <c r="F35" s="6">
         <f>SUM('[1]Sheet 1 - bank-data'!$D$470:$D$473)</f>
         <v>11993</v>
       </c>
     </row>
-    <row r="36" spans="1:6" x14ac:dyDescent="0.2">
+    <row r="36" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A36">
         <v>1968</v>
       </c>
-      <c r="B36" s="1">
+      <c r="B36" s="9">
         <v>3</v>
       </c>
-      <c r="C36" s="4">
+      <c r="C36" s="6">
         <f t="shared" si="2"/>
         <v>279056.28980739438</v>
       </c>
       <c r="D36" s="7">
         <f t="shared" si="1"/>
         <v>9.014310344827587</v>
       </c>
-      <c r="E36" s="6">
+      <c r="E36" s="8">
         <v>34.799999999999997</v>
       </c>
-      <c r="F36" s="4">
+      <c r="F36" s="6">
         <f>SUM('[1]Sheet 1 - bank-data'!$D$474:$D$476)</f>
         <v>25155</v>
       </c>
     </row>
-    <row r="37" spans="1:6" x14ac:dyDescent="0.2">
+    <row r="37" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A37">
         <v>1969</v>
       </c>
-      <c r="B37" s="1">
+      <c r="B37" s="9">
         <v>9</v>
       </c>
-      <c r="C37" s="4">
+      <c r="C37" s="6">
         <f t="shared" si="2"/>
         <v>509326.98646468902</v>
       </c>
       <c r="D37" s="7">
         <f t="shared" si="1"/>
         <v>8.5546223070629939</v>
       </c>
-      <c r="E37" s="6">
+      <c r="E37" s="8">
         <v>36.67</v>
       </c>
-      <c r="F37" s="4">
+      <c r="F37" s="6">
         <f>SUM('[1]Sheet 1 - bank-data'!$D$477:$D$485)</f>
         <v>43571</v>
       </c>
     </row>
-    <row r="38" spans="1:6" x14ac:dyDescent="0.2">
+    <row r="38" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A38">
         <v>1970</v>
       </c>
-      <c r="B38" s="1">
+      <c r="B38" s="9">
         <v>7</v>
       </c>
-      <c r="C38" s="4">
+      <c r="C38" s="6">
         <f t="shared" si="2"/>
         <v>769462.82092968409</v>
       </c>
       <c r="D38" s="7">
         <f t="shared" si="1"/>
         <v>8.0766735324407808</v>
       </c>
-      <c r="E38" s="6">
+      <c r="E38" s="8">
         <v>38.840000000000003</v>
       </c>
-      <c r="F38" s="4">
+      <c r="F38" s="6">
         <f>SUM('[1]Sheet 1 - bank-data'!$D$486:$D$492)</f>
         <v>62147</v>
       </c>
     </row>
-    <row r="39" spans="1:6" x14ac:dyDescent="0.2">
+    <row r="39" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A39">
         <v>1971</v>
       </c>
-      <c r="B39" s="1">
+      <c r="B39" s="9">
         <v>7</v>
       </c>
-      <c r="C39" s="4">
+      <c r="C39" s="6">
         <f t="shared" si="2"/>
         <v>2537786.2434570827</v>
       </c>
       <c r="D39" s="7">
         <f t="shared" si="1"/>
         <v>7.7437176005924462</v>
       </c>
-      <c r="E39" s="6">
+      <c r="E39" s="8">
         <v>40.51</v>
       </c>
-      <c r="F39" s="4">
+      <c r="F39" s="6">
         <f>SUM('[1]Sheet 1 - bank-data'!$D$493:$D$499)</f>
         <v>196519</v>
       </c>
     </row>
-    <row r="40" spans="1:6" x14ac:dyDescent="0.2">
+    <row r="40" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A40">
         <v>1972</v>
       </c>
-      <c r="B40" s="1">
+      <c r="B40" s="9">
         <v>2</v>
       </c>
-      <c r="C40" s="4">
+      <c r="C40" s="6">
         <f t="shared" si="2"/>
         <v>17637332.68940191</v>
       </c>
       <c r="D40" s="7">
         <f t="shared" si="1"/>
         <v>7.4957706093189955</v>
       </c>
-      <c r="E40" s="6">
+      <c r="E40" s="8">
         <v>41.85</v>
       </c>
-      <c r="F40" s="4">
+      <c r="F40" s="6">
         <f>SUM('[1]Sheet 1 - bank-data'!$D$500:$D$501)</f>
         <v>1322054</v>
       </c>
     </row>
-    <row r="41" spans="1:6" x14ac:dyDescent="0.2">
+    <row r="41" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A41">
         <v>1973</v>
       </c>
-      <c r="B41" s="1">
+      <c r="B41" s="9">
         <v>6</v>
       </c>
-      <c r="C41" s="4">
+      <c r="C41" s="6">
         <f t="shared" si="2"/>
         <v>18557674.499040481</v>
       </c>
       <c r="D41" s="7">
         <f t="shared" si="1"/>
         <v>7.0573228346456682</v>
       </c>
-      <c r="E41" s="6">
+      <c r="E41" s="8">
         <v>44.45</v>
       </c>
-      <c r="F41" s="4">
+      <c r="F41" s="6">
         <f>SUM('[1]Sheet 1 - bank-data'!$D$502:$D$507)</f>
         <v>1309675</v>
       </c>
     </row>
-    <row r="42" spans="1:6" x14ac:dyDescent="0.2">
+    <row r="42" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A42">
         <v>1974</v>
       </c>
-      <c r="B42" s="1">
+      <c r="B42" s="9">
         <v>4</v>
       </c>
-      <c r="C42" s="4">
+      <c r="C42" s="6">
         <f t="shared" si="2"/>
         <v>60111527.864379115</v>
       </c>
       <c r="D42" s="7">
         <f t="shared" si="1"/>
         <v>6.3591729170889923</v>
       </c>
-      <c r="E42" s="6">
+      <c r="E42" s="8">
         <v>49.33</v>
       </c>
-      <c r="F42" s="4">
+      <c r="F42" s="6">
         <f>SUM('[1]Sheet 1 - bank-data'!$D$508:$D$511)</f>
         <v>3822596</v>
       </c>
     </row>
-    <row r="43" spans="1:6" x14ac:dyDescent="0.2">
+    <row r="43" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A43">
         <v>1975</v>
       </c>
-      <c r="B43" s="1">
+      <c r="B43" s="9">
         <v>13</v>
       </c>
-      <c r="C43" s="4">
+      <c r="C43" s="6">
         <f t="shared" si="2"/>
         <v>7207603.4912559222</v>
       </c>
       <c r="D43" s="7">
         <f t="shared" si="1"/>
         <v>5.8264858841010394</v>
       </c>
-      <c r="E43" s="6">
+      <c r="E43" s="8">
         <v>53.84</v>
       </c>
-      <c r="F43" s="4">
+      <c r="F43" s="6">
         <f>SUM('[1]Sheet 1 - bank-data'!$D$512:$D$524)</f>
         <v>419950</v>
       </c>
     </row>
-    <row r="44" spans="1:6" x14ac:dyDescent="0.2">
+    <row r="44" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A44">
         <v>1976</v>
       </c>
-      <c r="B44" s="1">
+      <c r="B44" s="9">
         <v>17</v>
       </c>
-      <c r="C44" s="4">
+      <c r="C44" s="6">
         <f t="shared" si="2"/>
         <v>18864413.059694357</v>
       </c>
       <c r="D44" s="7">
         <f t="shared" si="1"/>
         <v>5.50927291886196</v>
       </c>
-      <c r="E44" s="6">
+      <c r="E44" s="8">
         <v>56.94</v>
       </c>
-      <c r="F44" s="4">
+      <c r="F44" s="6">
         <f>SUM('[1]Sheet 1 - bank-data'!$D$525:$D$541)</f>
         <v>1039292</v>
       </c>
     </row>
-    <row r="45" spans="1:6" x14ac:dyDescent="0.2">
+    <row r="45" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A45">
         <v>1977</v>
       </c>
-      <c r="B45" s="1">
+      <c r="B45" s="9">
         <v>6</v>
       </c>
-      <c r="C45" s="4">
+      <c r="C45" s="6">
         <f t="shared" si="2"/>
         <v>4494326.8111368259</v>
       </c>
       <c r="D45" s="7">
         <f t="shared" si="1"/>
         <v>5.1756805807622506</v>
       </c>
-      <c r="E45" s="6">
+      <c r="E45" s="8">
         <v>60.61</v>
       </c>
-      <c r="F45" s="4">
+      <c r="F45" s="6">
         <f>SUM('[1]Sheet 1 - bank-data'!$D$542:$D$547)</f>
         <v>232612</v>
       </c>
     </row>
-    <row r="46" spans="1:6" x14ac:dyDescent="0.2">
+    <row r="46" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A46">
         <v>1978</v>
       </c>
-      <c r="B46" s="1">
+      <c r="B46" s="9">
         <v>7</v>
       </c>
-      <c r="C46" s="4">
+      <c r="C46" s="6">
         <f t="shared" si="2"/>
         <v>20666659.487787619</v>
       </c>
       <c r="D46" s="7">
         <f t="shared" si="1"/>
         <v>4.8098436062557495</v>
       </c>
-      <c r="E46" s="6">
+      <c r="E46" s="8">
         <v>65.22</v>
       </c>
-      <c r="F46" s="4">
+      <c r="F46" s="6">
         <f>SUM('[1]Sheet 1 - bank-data'!$D$548:$D$554)</f>
         <v>994034</v>
       </c>
     </row>
-    <row r="47" spans="1:6" x14ac:dyDescent="0.2">
+    <row r="47" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A47">
         <v>1979</v>
       </c>
-      <c r="B47" s="1">
+      <c r="B47" s="9">
         <v>10</v>
       </c>
-      <c r="C47" s="4">
+      <c r="C47" s="6">
         <f t="shared" si="2"/>
         <v>3076483.3024118738</v>
       </c>
       <c r="D47" s="7">
         <f t="shared" si="1"/>
         <v>4.3226953286482015</v>
       </c>
-      <c r="E47" s="6">
+      <c r="E47" s="8">
         <v>72.569999999999993</v>
       </c>
-      <c r="F47" s="4">
+      <c r="F47" s="6">
         <f>SUM('[1]Sheet 1 - bank-data'!$D$555:$D$564)</f>
         <v>132987</v>
       </c>
     </row>
-    <row r="48" spans="1:6" x14ac:dyDescent="0.2">
+    <row r="48" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A48">
         <v>1980</v>
       </c>
-      <c r="B48" s="1">
+      <c r="B48" s="9">
         <f>COUNT('[1]Sheet 1 - bank-data'!$B$565:$B$586)</f>
         <v>22</v>
       </c>
-      <c r="C48" s="4">
+      <c r="C48" s="6">
         <f t="shared" si="2"/>
         <v>250562481.45668763</v>
       </c>
       <c r="D48" s="7">
         <f t="shared" si="1"/>
         <v>3.8079388201019664</v>
       </c>
-      <c r="E48" s="6">
+      <c r="E48" s="8">
         <v>82.38</v>
       </c>
-      <c r="F48" s="4">
+      <c r="F48" s="6">
         <f>SUM('[1]Sheet 1 - bank-data'!$D$565:$D$586)</f>
         <v>9541266</v>
       </c>
     </row>
-    <row r="49" spans="1:6" x14ac:dyDescent="0.2">
+    <row r="49" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A49">
         <v>1981</v>
       </c>
-      <c r="B49" s="1">
+      <c r="B49" s="9">
         <f>COUNT('[1]Sheet 1 - bank-data'!$B$587:$B$626)</f>
         <v>40</v>
       </c>
-      <c r="C49" s="4">
+      <c r="C49" s="6">
         <f t="shared" si="2"/>
         <v>509891298.23269516</v>
       </c>
       <c r="D49" s="7">
         <f t="shared" si="1"/>
         <v>3.4498845265588911</v>
       </c>
-      <c r="E49" s="6">
+      <c r="E49" s="8">
         <v>90.93</v>
       </c>
-      <c r="F49" s="4">
+      <c r="F49" s="6">
         <f>SUM('[1]Sheet 1 - bank-data'!$D$587:$D$626)</f>
         <v>17590661</v>
       </c>
     </row>
-    <row r="50" spans="1:6" x14ac:dyDescent="0.2">
+    <row r="50" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A50">
         <v>1982</v>
       </c>
-      <c r="B50" s="1">
+      <c r="B50" s="9">
         <f>COUNT('[1]Sheet 1 - bank-data'!$B$627:$B$745)</f>
         <v>119</v>
       </c>
-      <c r="C50" s="4">
+      <c r="C50" s="6">
         <f t="shared" si="2"/>
         <v>1225416584.9001269</v>
       </c>
       <c r="D50" s="7">
         <f t="shared" si="1"/>
         <v>3.2507564766839376</v>
       </c>
-      <c r="E50" s="6">
+      <c r="E50" s="8">
         <v>96.5</v>
       </c>
-      <c r="F50" s="4">
+      <c r="F50" s="6">
         <f>SUM('[1]Sheet 1 - bank-data'!$D$627:$D$745)</f>
         <v>39835309</v>
       </c>
     </row>
-    <row r="51" spans="1:6" x14ac:dyDescent="0.2">
+    <row r="51" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A51">
         <v>1983</v>
       </c>
-      <c r="B51" s="1">
+      <c r="B51" s="9">
         <f>COUNT('[1]Sheet 1 - bank-data'!$B$746:$B$844)</f>
         <v>99</v>
       </c>
-      <c r="C51" s="4">
+      <c r="C51" s="6">
         <f t="shared" si="2"/>
         <v>549287818.22007155</v>
       </c>
       <c r="D51" s="7">
         <f t="shared" si="1"/>
         <v>3.149578313253012</v>
       </c>
-      <c r="E51" s="6">
+      <c r="E51" s="8">
         <v>99.6</v>
       </c>
-      <c r="F51" s="4">
+      <c r="F51" s="6">
         <f>SUM('[1]Sheet 1 - bank-data'!$D$746:$D$844)</f>
         <v>17300250</v>
       </c>
     </row>
-    <row r="52" spans="1:6" x14ac:dyDescent="0.2">
+    <row r="52" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A52">
         <v>1984</v>
       </c>
-      <c r="B52" s="1">
+      <c r="B52" s="9">
         <f>COUNT('[1]Sheet 1 - bank-data'!$B$845:$B$950)</f>
         <v>106</v>
       </c>
-      <c r="C52" s="4">
+      <c r="C52" s="6">
         <f t="shared" si="2"/>
         <v>1622915330.4452055</v>
       </c>
       <c r="D52" s="7">
         <f t="shared" si="1"/>
         <v>3.0192300288739169</v>
       </c>
-      <c r="E52" s="6">
+      <c r="E52" s="8">
         <v>103.9</v>
       </c>
-      <c r="F52" s="4">
+      <c r="F52" s="6">
         <f>SUM('[1]Sheet 1 - bank-data'!$D$845:$D$950)</f>
         <v>48999547</v>
       </c>
     </row>
-    <row r="53" spans="1:6" x14ac:dyDescent="0.2">
+    <row r="53" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A53">
         <v>1985</v>
       </c>
-      <c r="B53" s="1">
+      <c r="B53" s="9">
         <f>COUNT('[1]Sheet 1 - bank-data'!$B$951:$B$1130)</f>
         <v>180</v>
       </c>
-      <c r="C53" s="4">
+      <c r="C53" s="6">
         <f t="shared" si="2"/>
         <v>1121009946.636574</v>
       </c>
       <c r="D53" s="7">
         <f t="shared" si="1"/>
         <v>2.9154089219330857</v>
       </c>
-      <c r="E53" s="6">
+      <c r="E53" s="8">
         <v>107.6</v>
       </c>
-      <c r="F53" s="4">
+      <c r="F53" s="6">
         <f>SUM('[1]Sheet 1 - bank-data'!$D$951:$D$1130)</f>
         <v>32682024</v>
       </c>
     </row>
-    <row r="54" spans="1:6" x14ac:dyDescent="0.2">
+    <row r="54" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A54">
         <v>1986</v>
       </c>
-      <c r="B54" s="1">
+      <c r="B54" s="9">
         <f>COUNT('[1]Sheet 1 - bank-data'!$B$1131:$B$1334)</f>
         <v>204</v>
       </c>
-      <c r="C54" s="4">
+      <c r="C54" s="6">
         <f t="shared" si="2"/>
         <v>881118064.89043605</v>
       </c>
       <c r="D54" s="7">
         <f t="shared" si="1"/>
         <v>2.8622080291970802</v>
       </c>
-      <c r="E54" s="6">
+      <c r="E54" s="8">
         <v>109.6</v>
       </c>
-      <c r="F54" s="4">
+      <c r="F54" s="6">
         <f>SUM('[1]Sheet 1 - bank-data'!$D$1132:$D$1334)</f>
         <v>25219432</v>
       </c>
     </row>
-    <row r="55" spans="1:6" x14ac:dyDescent="0.2">
+    <row r="55" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A55">
         <v>1987</v>
       </c>
-      <c r="B55" s="1">
+      <c r="B55" s="9">
         <f>COUNT('[1]Sheet 1 - bank-data'!$B$1335:$B$1596)</f>
         <v>262</v>
       </c>
-      <c r="C55" s="4">
+      <c r="C55" s="6">
         <f t="shared" si="2"/>
         <v>885488457.81611609</v>
       </c>
       <c r="D55" s="7">
         <f t="shared" si="1"/>
         <v>2.7614260563380282</v>
       </c>
-      <c r="E55" s="6">
+      <c r="E55" s="8">
         <v>113.6</v>
       </c>
-      <c r="F55" s="4">
+      <c r="F55" s="6">
         <f>SUM('[1]Sheet 1 - bank-data'!$D$1335:$D$1596)</f>
         <v>24452109</v>
       </c>
     </row>
-    <row r="56" spans="1:6" x14ac:dyDescent="0.2">
+    <row r="56" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A56">
         <v>1988</v>
       </c>
-      <c r="B56" s="1">
+      <c r="B56" s="9">
         <f>COUNT('[1]Sheet 1 - bank-data'!$B$1597:$B$2066)</f>
         <v>470</v>
       </c>
-      <c r="C56" s="4">
+      <c r="C56" s="6">
         <f t="shared" si="2"/>
         <v>5731356387.9591198</v>
       </c>
       <c r="D56" s="7">
         <f t="shared" si="1"/>
         <v>2.6517159763313609</v>
       </c>
-      <c r="E56" s="6">
+      <c r="E56" s="8">
         <v>118.3</v>
       </c>
-      <c r="F56" s="4">
+      <c r="F56" s="6">
         <f>SUM('[1]Sheet 1 - bank-data'!$D$1597:$D$2066)</f>
         <v>151979293</v>
       </c>
     </row>
-    <row r="57" spans="1:6" x14ac:dyDescent="0.2">
+    <row r="57" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A57">
         <v>1989</v>
       </c>
-      <c r="B57" s="1">
+      <c r="B57" s="9">
         <f>COUNT('[1]Sheet 1 - bank-data'!$B$2067:$B$2600)</f>
         <v>534</v>
       </c>
-      <c r="C57" s="4">
+      <c r="C57" s="6">
         <f t="shared" si="2"/>
         <v>6488308557.9123878</v>
       </c>
       <c r="D57" s="7">
         <f t="shared" si="1"/>
         <v>2.5298225806451611</v>
       </c>
-      <c r="E57" s="6">
+      <c r="E57" s="8">
         <v>124</v>
       </c>
-      <c r="F57" s="4">
+      <c r="F57" s="6">
         <f>SUM('[1]Sheet 1 - bank-data'!$D$2067:$D$2600)</f>
         <v>164142695</v>
       </c>
     </row>
-    <row r="58" spans="1:6" x14ac:dyDescent="0.2">
+    <row r="58" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A58">
         <v>1990</v>
       </c>
-      <c r="B58" s="1">
+      <c r="B58" s="9">
         <f>COUNT('[1]Sheet 1 - bank-data'!$B$2601:$B$2982)</f>
         <v>382</v>
       </c>
-      <c r="C58" s="4">
+      <c r="C58" s="6">
         <f t="shared" si="2"/>
         <v>6112541783.7219238</v>
       </c>
       <c r="D58" s="7">
         <f t="shared" si="1"/>
         <v>2.4001377199693956</v>
       </c>
-      <c r="E58" s="6">
+      <c r="E58" s="8">
         <v>130.69999999999999</v>
       </c>
-      <c r="F58" s="4">
+      <c r="F58" s="6">
         <f>SUM('[1]Sheet 1 - bank-data'!$D$2599:$D$2982)</f>
         <v>146709421</v>
       </c>
     </row>
-    <row r="59" spans="1:6" x14ac:dyDescent="0.2">
+    <row r="59" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A59">
         <v>1991</v>
       </c>
-      <c r="B59" s="1">
+      <c r="B59" s="9">
         <f>COUNT('[1]Sheet 1 - bank-data'!$B$2983:$B$3253)</f>
         <v>271</v>
       </c>
-      <c r="C59" s="4">
+      <c r="C59" s="6">
         <f t="shared" si="2"/>
         <v>6231421403.1329498</v>
       </c>
       <c r="D59" s="7">
         <f t="shared" si="1"/>
         <v>2.3032158590308369</v>
       </c>
-      <c r="E59" s="6">
+      <c r="E59" s="8">
         <v>136.19999999999999</v>
       </c>
-      <c r="F59" s="4">
+      <c r="F59" s="6">
         <f>SUM('[1]Sheet 1 - bank-data'!$D$2983:$D$3253)</f>
         <v>143523086</v>
       </c>
     </row>
-    <row r="60" spans="1:6" x14ac:dyDescent="0.2">
+    <row r="60" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A60">
         <v>1992</v>
       </c>
-      <c r="B60" s="1">
+      <c r="B60" s="9">
         <f>COUNT('[1]Sheet 1 - bank-data'!$B$3254:$B$3434)</f>
         <v>181</v>
       </c>
-      <c r="C60" s="4">
+      <c r="C60" s="6">
         <f t="shared" si="2"/>
         <v>4006783072.9555182</v>
       </c>
       <c r="D60" s="7">
         <f t="shared" si="1"/>
         <v>2.2359087669280111</v>
       </c>
-      <c r="E60" s="6">
+      <c r="E60" s="8">
         <v>140.30000000000001</v>
       </c>
-      <c r="F60" s="4">
+      <c r="F60" s="6">
         <f>SUM('[1]Sheet 1 - bank-data'!$D$3254:$D$3434)</f>
         <v>89588014</v>
       </c>
     </row>
-    <row r="61" spans="1:6" x14ac:dyDescent="0.2">
+    <row r="61" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A61">
         <v>1993</v>
       </c>
-      <c r="B61" s="1">
+      <c r="B61" s="9">
         <f>COUNT('[1]Sheet 1 - bank-data'!$B$3435:$B$3484)</f>
         <v>50</v>
       </c>
-      <c r="C61" s="4">
+      <c r="C61" s="6">
         <f t="shared" si="2"/>
         <v>533303290.10704571</v>
       </c>
       <c r="D61" s="7">
         <f t="shared" si="1"/>
         <v>2.1709204152249133</v>
       </c>
-      <c r="E61" s="6">
+      <c r="E61" s="8">
         <v>144.5</v>
       </c>
-      <c r="F61" s="4">
+      <c r="F61" s="6">
         <f>SUM('[1]Sheet 1 - bank-data'!$D$3435:$D$3499)</f>
         <v>11577590</v>
       </c>
     </row>
-    <row r="62" spans="1:6" x14ac:dyDescent="0.2">
+    <row r="62" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A62">
         <v>1994</v>
       </c>
-      <c r="B62" s="1">
+      <c r="B62" s="9">
         <f>COUNT('[1]Sheet 1 - bank-data'!$B$3485:$B$3499)</f>
         <v>15</v>
       </c>
-      <c r="C62" s="4">
+      <c r="C62" s="6">
         <f t="shared" si="2"/>
         <v>75621173.804104581</v>
       </c>
       <c r="D62" s="7">
         <f t="shared" si="1"/>
         <v>2.1167206477732794</v>
       </c>
-      <c r="E62" s="6">
+      <c r="E62" s="8">
         <v>148.19999999999999</v>
       </c>
-      <c r="F62" s="4">
+      <c r="F62" s="6">
         <f>SUM('[1]Sheet 1 - bank-data'!$D$3485:$D$3499)</f>
         <v>1600689</v>
       </c>
     </row>
-    <row r="63" spans="1:6" x14ac:dyDescent="0.2">
+    <row r="63" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A63">
         <v>1995</v>
       </c>
-      <c r="B63" s="1">
+      <c r="B63" s="9">
         <f>COUNT('[1]Sheet 1 - bank-data'!$B$3500:$B$3507)</f>
         <v>8</v>
       </c>
-      <c r="C63" s="4">
+      <c r="C63" s="6">
         <f t="shared" si="2"/>
         <v>59558464.892986253</v>
       </c>
       <c r="D63" s="7">
         <f t="shared" si="1"/>
         <v>2.0583858267716533</v>
       </c>
-      <c r="E63" s="6">
+      <c r="E63" s="8">
         <v>152.4</v>
       </c>
-      <c r="F63" s="4">
+      <c r="F63" s="6">
         <f>SUM('[1]Sheet 1 - bank-data'!$D$3500:$D$3507)</f>
         <v>1225943</v>
       </c>
     </row>
-    <row r="64" spans="1:6" x14ac:dyDescent="0.2">
+    <row r="64" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A64">
         <v>1996</v>
       </c>
-      <c r="B64" s="1">
+      <c r="B64" s="9">
         <f>COUNT('[1]Sheet 1 - bank-data'!$B$3508:$B$3513)</f>
         <v>6</v>
       </c>
-      <c r="C64" s="4">
+      <c r="C64" s="6">
         <f t="shared" si="2"/>
         <v>11635482.087867949</v>
       </c>
       <c r="D64" s="7">
         <f t="shared" si="1"/>
         <v>1.9993499043977054</v>
       </c>
-      <c r="E64" s="6">
+      <c r="E64" s="8">
         <v>156.9</v>
       </c>
-      <c r="F64" s="4">
+      <c r="F64" s="6">
         <f>SUM('[1]Sheet 1 - bank-data'!$D$3508:$D$3513)</f>
         <v>232634</v>
       </c>
     </row>
-    <row r="65" spans="1:6" x14ac:dyDescent="0.2">
+    <row r="65" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A65">
         <v>1997</v>
       </c>
-      <c r="B65" s="1">
+      <c r="B65" s="9">
         <v>1</v>
       </c>
-      <c r="C65" s="4">
+      <c r="C65" s="6">
         <f t="shared" si="2"/>
         <v>1428648.413442228</v>
       </c>
       <c r="D65" s="7">
         <f t="shared" si="1"/>
         <v>1.9545046728971962</v>
       </c>
-      <c r="E65" s="6">
+      <c r="E65" s="8">
         <v>160.5</v>
       </c>
-      <c r="F65" s="4">
+      <c r="F65" s="6">
         <v>27923</v>
       </c>
     </row>
-    <row r="66" spans="1:6" x14ac:dyDescent="0.2">
+    <row r="66" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A66">
         <v>1998</v>
       </c>
-      <c r="B66" s="1">
+      <c r="B66" s="9">
         <v>3</v>
       </c>
-      <c r="C66" s="4">
+      <c r="C66" s="6">
         <f t="shared" ref="C66:C92" si="3">F66/(D66/100)</f>
         <v>15080999.560086453</v>
       </c>
       <c r="D66" s="7">
         <f t="shared" ref="D66:D90" si="4">$E$92/E66</f>
         <v>1.924527607361963</v>
       </c>
-      <c r="E66" s="6">
+      <c r="E66" s="8">
         <v>163</v>
       </c>
-      <c r="F66" s="4">
+      <c r="F66" s="6">
         <f>SUM('[1]Sheet 1 - bank-data'!$D$3515:$D$3517)</f>
         <v>290238</v>
       </c>
     </row>
-    <row r="67" spans="1:6" x14ac:dyDescent="0.2">
+    <row r="67" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A67">
         <v>1999</v>
       </c>
-      <c r="B67" s="1">
+      <c r="B67" s="9">
         <v>8</v>
       </c>
-      <c r="C67" s="4">
+      <c r="C67" s="6">
         <f t="shared" si="3"/>
         <v>84558616.057482034</v>
       </c>
       <c r="D67" s="7">
         <f t="shared" si="4"/>
         <v>1.8829411764705881</v>
       </c>
-      <c r="E67" s="6">
+      <c r="E67" s="8">
         <v>166.6</v>
       </c>
-      <c r="F67" s="4">
+      <c r="F67" s="6">
         <f>SUM('[1]Sheet 1 - bank-data'!$D$3518:$D$3525)</f>
         <v>1592189</v>
       </c>
     </row>
-    <row r="68" spans="1:6" x14ac:dyDescent="0.2">
+    <row r="68" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A68">
         <v>2000</v>
       </c>
-      <c r="B68" s="1">
+      <c r="B68" s="9">
         <v>7</v>
       </c>
-      <c r="C68" s="4">
+      <c r="C68" s="6">
         <f t="shared" si="3"/>
         <v>22515142.589369394</v>
       </c>
       <c r="D68" s="7">
         <f t="shared" si="4"/>
         <v>1.8217073170731708</v>
       </c>
-      <c r="E68" s="6">
+      <c r="E68" s="8">
         <v>172.2</v>
       </c>
-      <c r="F68" s="4">
+      <c r="F68" s="6">
         <f>SUM('[1]Sheet 1 - bank-data'!$D$3526:$D$3532)</f>
         <v>410160</v>
       </c>
     </row>
-    <row r="69" spans="1:6" x14ac:dyDescent="0.2">
+    <row r="69" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A69">
         <v>2001</v>
       </c>
-      <c r="B69" s="1">
+      <c r="B69" s="9">
         <v>4</v>
       </c>
-      <c r="C69" s="4">
+      <c r="C69" s="6">
         <f t="shared" si="3"/>
         <v>102848502.70004909</v>
       </c>
       <c r="D69" s="7">
         <f t="shared" si="4"/>
         <v>1.7713043478260868</v>
       </c>
-      <c r="E69" s="6">
+      <c r="E69" s="8">
         <v>177.1</v>
       </c>
-      <c r="F69" s="4">
+      <c r="F69" s="6">
         <f>SUM('[1]Sheet 1 - bank-data'!$D$3533:$D$3536)</f>
         <v>1821760</v>
       </c>
     </row>
-    <row r="70" spans="1:6" x14ac:dyDescent="0.2">
+    <row r="70" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A70">
         <v>2002</v>
       </c>
-      <c r="B70" s="1">
+      <c r="B70" s="9">
         <f>COUNT('[1]Sheet 1 - bank-data'!$B$3537:$B$3547)</f>
         <v>11</v>
       </c>
-      <c r="C70" s="4">
+      <c r="C70" s="6">
         <f t="shared" si="3"/>
         <v>164745177.84620881</v>
       </c>
       <c r="D70" s="7">
         <f t="shared" si="4"/>
         <v>1.7437354085603112</v>
       </c>
-      <c r="E70" s="6">
+      <c r="E70" s="8">
         <v>179.9</v>
       </c>
-      <c r="F70" s="4">
+      <c r="F70" s="6">
         <f>SUM('[1]Sheet 1 - bank-data'!$D$3537:$D$3547)</f>
         <v>2872720</v>
       </c>
     </row>
-    <row r="71" spans="1:6" x14ac:dyDescent="0.2">
+    <row r="71" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A71">
         <v>2003</v>
       </c>
-      <c r="B71" s="1">
+      <c r="B71" s="9">
         <v>3</v>
       </c>
-      <c r="C71" s="4">
+      <c r="C71" s="6">
         <f t="shared" si="3"/>
         <v>55565010.934083104</v>
       </c>
       <c r="D71" s="7">
         <f t="shared" si="4"/>
         <v>1.7048804347826085</v>
       </c>
-      <c r="E71" s="6">
+      <c r="E71" s="8">
         <v>184</v>
       </c>
-      <c r="F71" s="4">
+      <c r="F71" s="6">
         <f>SUM('[1]Sheet 1 - bank-data'!$D$3548:$D$3550)</f>
         <v>947317</v>
       </c>
     </row>
-    <row r="72" spans="1:6" x14ac:dyDescent="0.2">
+    <row r="72" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A72">
         <v>2004</v>
       </c>
-      <c r="B72" s="1">
+      <c r="B72" s="9">
         <v>4</v>
       </c>
-      <c r="C72" s="4">
+      <c r="C72" s="6">
         <f t="shared" si="3"/>
         <v>10242877.257744711</v>
       </c>
       <c r="D72" s="7">
         <f t="shared" si="4"/>
         <v>1.6606564319745896</v>
       </c>
-      <c r="E72" s="6">
+      <c r="E72" s="8">
         <v>188.9</v>
       </c>
-      <c r="F72" s="4">
+      <c r="F72" s="6">
         <f>SUM('[1]Sheet 1 - bank-data'!$D$3551:$D$3554)</f>
         <v>170099</v>
       </c>
     </row>
-    <row r="73" spans="1:6" x14ac:dyDescent="0.2">
+    <row r="73" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A73">
         <v>2005</v>
       </c>
-      <c r="B73" s="1">
+      <c r="B73" s="9">
         <v>3</v>
       </c>
-      <c r="C73" s="4">
+      <c r="C73" s="6">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="D73" s="7">
         <f t="shared" si="4"/>
         <v>1.6062365591397847</v>
       </c>
-      <c r="E73" s="6">
+      <c r="E73" s="8">
         <v>195.3</v>
       </c>
-      <c r="F73" s="4">
+      <c r="F73" s="6">
         <v>0</v>
       </c>
     </row>
-    <row r="74" spans="1:6" x14ac:dyDescent="0.2">
+    <row r="74" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A74">
         <v>2006</v>
       </c>
-      <c r="B74" s="1">
+      <c r="B74" s="9">
         <v>0</v>
       </c>
-      <c r="C74" s="4">
+      <c r="C74" s="6">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="D74" s="7">
         <f t="shared" si="4"/>
         <v>1.5560416666666665</v>
       </c>
-      <c r="E74" s="6">
+      <c r="E74" s="8">
         <v>201.6</v>
       </c>
-      <c r="F74" s="4">
+      <c r="F74" s="6">
         <v>0</v>
       </c>
     </row>
-    <row r="75" spans="1:6" x14ac:dyDescent="0.2">
+    <row r="75" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A75">
         <v>2007</v>
       </c>
-      <c r="B75" s="1">
+      <c r="B75" s="9">
         <v>3</v>
       </c>
-      <c r="C75" s="4">
+      <c r="C75" s="6">
         <f t="shared" si="3"/>
         <v>172834755.5674566</v>
       </c>
       <c r="D75" s="7">
         <f t="shared" si="4"/>
         <v>1.5129642133693448</v>
       </c>
-      <c r="E75" s="6">
+      <c r="E75" s="8">
         <v>207.34</v>
       </c>
-      <c r="F75" s="4">
+      <c r="F75" s="6">
         <f>SUM('[1]Sheet 1 - bank-data'!$D$3555:$D$3557)</f>
         <v>2614928</v>
       </c>
     </row>
-    <row r="76" spans="1:6" x14ac:dyDescent="0.2">
+    <row r="76" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A76">
         <v>2008</v>
       </c>
-      <c r="B76" s="1">
+      <c r="B76" s="9">
         <f>COUNT('[1]Sheet 1 - bank-data'!$B$3558:$B$3587)</f>
         <v>30</v>
       </c>
-      <c r="C76" s="4">
+      <c r="C76" s="6">
         <f t="shared" si="3"/>
         <v>115165127974.10249</v>
       </c>
       <c r="D76" s="7">
         <f t="shared" si="4"/>
         <v>1.4570274036228517</v>
       </c>
-      <c r="E76" s="6">
+      <c r="E76" s="8">
         <v>215.3</v>
       </c>
-      <c r="F76" s="4">
+      <c r="F76" s="6">
         <f>SUM('[1]Sheet 1 - bank-data'!$D$3558:$D$3587)</f>
         <v>1677987474</v>
       </c>
     </row>
-    <row r="77" spans="1:6" x14ac:dyDescent="0.2">
+    <row r="77" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A77">
         <v>2009</v>
       </c>
-      <c r="B77" s="1">
+      <c r="B77" s="9">
         <f>COUNT('[1]Sheet 1 - bank-data'!$B$3588:$B$3735)</f>
         <v>148</v>
       </c>
-      <c r="C77" s="4">
+      <c r="C77" s="6">
         <f t="shared" si="3"/>
         <v>142744305264.05014</v>
       </c>
       <c r="D77" s="7">
         <f t="shared" si="4"/>
         <v>1.4621888692085392</v>
       </c>
-      <c r="E77" s="6">
+      <c r="E77" s="8">
         <v>214.54</v>
       </c>
-      <c r="F77" s="4">
+      <c r="F77" s="6">
         <f>SUM('[1]Sheet 1 - bank-data'!$D$3588:$D$3735)</f>
         <v>2087191343</v>
       </c>
     </row>
-    <row r="78" spans="1:6" x14ac:dyDescent="0.2">
+    <row r="78" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A78">
         <v>2010</v>
       </c>
-      <c r="B78" s="1">
+      <c r="B78" s="9">
         <f>COUNT('[1]Sheet 1 - bank-data'!$B$3736:$B$3892)</f>
         <v>157</v>
       </c>
-      <c r="C78" s="4">
+      <c r="C78" s="6">
         <f t="shared" si="3"/>
         <v>6401077623.4722576</v>
       </c>
       <c r="D78" s="7">
         <f t="shared" si="4"/>
         <v>1.438585710354948</v>
       </c>
-      <c r="E78" s="6">
+      <c r="E78" s="8">
         <v>218.06</v>
       </c>
-      <c r="F78" s="4">
+      <c r="F78" s="6">
         <f>SUM('[1]Sheet 1 - bank-data'!$D$3736:$D$3892)</f>
         <v>92084988</v>
       </c>
     </row>
-    <row r="79" spans="1:6" x14ac:dyDescent="0.2">
+    <row r="79" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A79">
         <v>2011</v>
       </c>
-      <c r="B79" s="1">
+      <c r="B79" s="9">
         <f>COUNT('[1]Sheet 1 - bank-data'!$B$3893:$B$3984)</f>
         <v>92</v>
       </c>
-      <c r="C79" s="4">
+      <c r="C79" s="6">
         <f t="shared" si="3"/>
         <v>2504185218.0058527</v>
       </c>
       <c r="D79" s="7">
         <f t="shared" si="4"/>
         <v>1.3945852227260602</v>
       </c>
-      <c r="E79" s="6">
+      <c r="E79" s="8">
         <v>224.94</v>
       </c>
-      <c r="F79" s="4">
+      <c r="F79" s="6">
         <f>SUM('[1]Sheet 1 - bank-data'!$D$3893:$D$3984)</f>
         <v>34922997</v>
       </c>
     </row>
-    <row r="80" spans="1:6" x14ac:dyDescent="0.2">
+    <row r="80" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A80">
         <v>2012</v>
       </c>
-      <c r="B80" s="1">
+      <c r="B80" s="9">
         <f>COUNT('[1]Sheet 1 - bank-data'!$B$3985:$B$4035)</f>
         <v>51</v>
       </c>
-      <c r="C80" s="4">
+      <c r="C80" s="6">
         <f t="shared" si="3"/>
         <v>850253086.50995541</v>
       </c>
       <c r="D80" s="7">
         <f t="shared" si="4"/>
         <v>1.3663399973866457</v>
       </c>
-      <c r="E80" s="6">
+      <c r="E80" s="8">
         <v>229.59</v>
       </c>
-      <c r="F80" s="4">
+      <c r="F80" s="6">
         <f>SUM('[1]Sheet 1 - bank-data'!$D$3985:$D$4035)</f>
         <v>11617348</v>
       </c>
     </row>
-    <row r="81" spans="1:6" x14ac:dyDescent="0.2">
+    <row r="81" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A81">
         <v>2013</v>
       </c>
-      <c r="B81" s="1">
+      <c r="B81" s="9">
         <f>COUNT('[1]Sheet 1 - bank-data'!$B$4036:$B$4059)</f>
         <v>24</v>
       </c>
-      <c r="C81" s="4">
+      <c r="C81" s="6">
         <f t="shared" si="3"/>
         <v>448846381.22015446</v>
       </c>
       <c r="D81" s="7">
         <f t="shared" si="4"/>
         <v>1.346574519230769</v>
       </c>
-      <c r="E81" s="6">
+      <c r="E81" s="8">
         <v>232.96</v>
       </c>
-      <c r="F81" s="4">
+      <c r="F81" s="6">
         <f>SUM('[1]Sheet 1 - bank-data'!$D$4036:$D$4059)</f>
         <v>6044051</v>
       </c>
     </row>
-    <row r="82" spans="1:6" x14ac:dyDescent="0.2">
+    <row r="82" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A82">
         <v>2014</v>
       </c>
-      <c r="B82" s="1">
+      <c r="B82" s="9">
         <f>COUNT('[1]Sheet 1 - bank-data'!$B$4060:$B$4077)</f>
         <v>18</v>
       </c>
-      <c r="C82" s="4">
+      <c r="C82" s="6">
         <f t="shared" si="3"/>
         <v>219874752.22028834</v>
       </c>
       <c r="D82" s="7">
         <f t="shared" si="4"/>
         <v>1.3250739207569484</v>
       </c>
-      <c r="E82" s="6">
+      <c r="E82" s="8">
         <v>236.74</v>
       </c>
-      <c r="F82" s="4">
+      <c r="F82" s="6">
         <f>SUM('[1]Sheet 1 - bank-data'!$D$4060:$D$4077)</f>
         <v>2913503</v>
       </c>
     </row>
-    <row r="83" spans="1:6" x14ac:dyDescent="0.2">
+    <row r="83" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A83">
         <v>2015</v>
       </c>
-      <c r="B83" s="1">
+      <c r="B83" s="9">
         <f>COUNT('[1]Sheet 1 - bank-data'!$B$4078:$B$4085)</f>
         <v>8</v>
       </c>
-      <c r="C83" s="4">
+      <c r="C83" s="6">
         <f t="shared" si="3"/>
         <v>484783489.22211808</v>
       </c>
       <c r="D83" s="7">
         <f t="shared" si="4"/>
         <v>1.3235085646780862</v>
       </c>
-      <c r="E83" s="6">
+      <c r="E83" s="8">
         <v>237.02</v>
       </c>
-      <c r="F83" s="4">
+      <c r="F83" s="6">
         <f>SUM('[1]Sheet 1 - bank-data'!$D$4078:$D$4083)</f>
         <v>6416151</v>
       </c>
     </row>
-    <row r="84" spans="1:6" x14ac:dyDescent="0.2">
+    <row r="84" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A84">
         <v>2016</v>
       </c>
-      <c r="B84" s="1">
+      <c r="B84" s="9">
         <v>5</v>
       </c>
-      <c r="C84" s="4">
+      <c r="C84" s="6">
         <f t="shared" si="3"/>
         <v>21207164.795440201</v>
       </c>
       <c r="D84" s="7">
         <f t="shared" si="4"/>
         <v>1.3070205408107995</v>
       </c>
-      <c r="E84" s="6">
+      <c r="E84" s="8">
         <v>240.01</v>
       </c>
-      <c r="F84" s="4">
+      <c r="F84" s="6">
         <f>SUM('[1]Sheet 1 - bank-data'!$D$4086:$D$4090)</f>
         <v>277182</v>
       </c>
     </row>
-    <row r="85" spans="1:6" x14ac:dyDescent="0.2">
+    <row r="85" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A85">
         <v>2017</v>
       </c>
-      <c r="B85" s="1">
+      <c r="B85" s="9">
         <f>COUNT('[1]Sheet 1 - bank-data'!$B$4091:$B$4098)</f>
         <v>8</v>
       </c>
-      <c r="C85" s="4">
+      <c r="C85" s="6">
         <f t="shared" si="3"/>
         <v>397081069.51271605</v>
       </c>
       <c r="D85" s="7">
         <f t="shared" si="4"/>
         <v>1.2797731723237598</v>
       </c>
-      <c r="E85" s="6">
+      <c r="E85" s="8">
         <v>245.12</v>
       </c>
-      <c r="F85" s="4">
+      <c r="F85" s="6">
         <f>SUM('[1]Sheet 1 - bank-data'!$D$4091:$D$4098)</f>
         <v>5081737</v>
       </c>
     </row>
-    <row r="86" spans="1:6" x14ac:dyDescent="0.2">
+    <row r="86" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A86">
         <v>2018</v>
       </c>
-      <c r="B86" s="1">
+      <c r="B86" s="9">
         <v>0</v>
       </c>
-      <c r="C86" s="4">
+      <c r="C86" s="6">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="D86" s="7">
         <f t="shared" si="4"/>
         <v>1.2492453506431442</v>
       </c>
-      <c r="E86" s="6">
+      <c r="E86" s="8">
         <v>251.11</v>
       </c>
-      <c r="F86" s="4">
+      <c r="F86" s="6">
         <v>0</v>
       </c>
     </row>
-    <row r="87" spans="1:6" x14ac:dyDescent="0.2">
+    <row r="87" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A87">
         <v>2019</v>
       </c>
-      <c r="B87" s="1">
+      <c r="B87" s="9">
         <v>4</v>
       </c>
-      <c r="C87" s="4">
+      <c r="C87" s="6">
         <f t="shared" si="3"/>
         <v>14020151.272880286</v>
       </c>
       <c r="D87" s="7">
         <f t="shared" si="4"/>
         <v>1.2270124383947429</v>
       </c>
-      <c r="E87" s="6">
+      <c r="E87" s="8">
         <v>255.66</v>
       </c>
-      <c r="F87" s="4">
+      <c r="F87" s="6">
         <f>SUM('[1]Sheet 1 - bank-data'!$D$4100:$D$4102)</f>
         <v>172029</v>
       </c>
     </row>
-    <row r="88" spans="1:6" x14ac:dyDescent="0.2">
+    <row r="88" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A88">
         <v>2020</v>
       </c>
-      <c r="B88" s="1">
+      <c r="B88" s="9">
         <v>4</v>
       </c>
-      <c r="C88" s="4">
+      <c r="C88" s="6">
         <f t="shared" si="3"/>
         <v>37537672.111393765</v>
       </c>
       <c r="D88" s="7">
         <f t="shared" si="4"/>
         <v>1.2120783586414743</v>
       </c>
-      <c r="E88" s="6">
+      <c r="E88" s="8">
         <v>258.81</v>
       </c>
-      <c r="F88" s="4">
+      <c r="F88" s="6">
         <f>SUM('[1]Sheet 1 - bank-data'!$D$4103:$D$4106)</f>
         <v>454986</v>
       </c>
     </row>
-    <row r="89" spans="1:6" x14ac:dyDescent="0.2">
+    <row r="89" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A89">
         <v>2021</v>
       </c>
-      <c r="B89" s="1">
+      <c r="B89" s="9">
         <v>0</v>
       </c>
-      <c r="C89" s="4">
+      <c r="C89" s="6">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="D89" s="7">
         <f t="shared" si="4"/>
         <v>1.1576853526220612</v>
       </c>
-      <c r="E89" s="6">
+      <c r="E89" s="8">
         <v>270.97000000000003</v>
       </c>
-      <c r="F89" s="4">
+      <c r="F89" s="6">
         <v>0</v>
       </c>
     </row>
-    <row r="90" spans="1:6" x14ac:dyDescent="0.2">
+    <row r="90" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A90">
         <v>2022</v>
       </c>
-      <c r="B90" s="1">
+      <c r="B90" s="9">
         <v>0</v>
       </c>
-      <c r="C90" s="4">
+      <c r="C90" s="6">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="D90" s="7">
         <f t="shared" si="4"/>
         <v>1.0718854643613749</v>
       </c>
-      <c r="E90" s="6">
+      <c r="E90" s="8">
         <v>292.66000000000003</v>
       </c>
-      <c r="F90" s="4">
+      <c r="F90" s="6">
         <v>0</v>
       </c>
     </row>
-    <row r="91" spans="1:6" x14ac:dyDescent="0.2">
+    <row r="91" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A91">
         <v>2023</v>
       </c>
-      <c r="B91" s="1">
+      <c r="B91" s="9">
         <v>5</v>
       </c>
-      <c r="C91" s="4">
+      <c r="C91" s="6">
         <f t="shared" si="3"/>
         <v>51696216856.722076</v>
       </c>
       <c r="D91" s="7">
         <f>$E$92/E91</f>
         <v>1.0295306859205775</v>
       </c>
-      <c r="E91" s="6">
+      <c r="E91" s="8">
         <v>304.7</v>
       </c>
-      <c r="F91" s="4">
+      <c r="F91" s="6">
         <f>SUM('[1]Sheet 1 - bank-data'!$D$4107:$D$4111)</f>
         <v>532228416</v>
       </c>
     </row>
-    <row r="92" spans="1:6" x14ac:dyDescent="0.2">
+    <row r="92" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A92">
         <v>2024</v>
       </c>
-      <c r="B92" s="1">
+      <c r="B92" s="9">
         <v>2</v>
       </c>
-      <c r="C92" s="4">
+      <c r="C92" s="6">
         <f t="shared" si="3"/>
         <v>597404000</v>
       </c>
       <c r="D92" s="7">
         <f>$E$92/E92</f>
         <v>1</v>
       </c>
-      <c r="E92" s="5">
+      <c r="E92" s="10">
         <v>313.69799999999998</v>
       </c>
-      <c r="F92" s="4">
+      <c r="F92" s="6">
         <f>SUM('[1]Sheet 1 - bank-data'!$D$4112:$D$4113)</f>
         <v>5974040</v>
       </c>
     </row>
-    <row r="93" spans="1:6" x14ac:dyDescent="0.2">
+    <row r="93" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A93">
         <v>2025</v>
       </c>
-      <c r="E93" s="5"/>
+      <c r="B93" s="9"/>
+      <c r="C93" s="5"/>
+      <c r="D93" s="5"/>
+      <c r="E93" s="10"/>
+      <c r="F93" s="6"/>
     </row>
-    <row r="94" spans="1:6" x14ac:dyDescent="0.2">
+    <row r="94" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A94">
         <v>2026</v>
       </c>
+      <c r="B94" s="9"/>
+      <c r="C94" s="5"/>
+      <c r="D94" s="5"/>
+      <c r="E94" s="5"/>
+      <c r="F94" s="6"/>
     </row>
-    <row r="95" spans="1:6" x14ac:dyDescent="0.2">
+    <row r="95" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A95">
         <v>2027</v>
       </c>
+      <c r="B95" s="9"/>
+      <c r="C95" s="5"/>
+      <c r="D95" s="5"/>
+      <c r="E95" s="5"/>
+      <c r="F95" s="6"/>
     </row>
-    <row r="96" spans="1:6" x14ac:dyDescent="0.2">
+    <row r="96" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A96">
         <v>2028</v>
       </c>
+      <c r="B96" s="9"/>
+      <c r="C96" s="5"/>
+      <c r="D96" s="5"/>
+      <c r="E96" s="5"/>
+      <c r="F96" s="6"/>
     </row>
-    <row r="97" spans="1:1" x14ac:dyDescent="0.2">
+    <row r="97" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A97">
         <v>2029</v>
       </c>
+      <c r="B97" s="9"/>
+      <c r="C97" s="5"/>
+      <c r="D97" s="5"/>
+      <c r="E97" s="5"/>
+      <c r="F97" s="6"/>
     </row>
-    <row r="98" spans="1:1" x14ac:dyDescent="0.2">
+    <row r="98" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A98">
         <v>2030</v>
       </c>
+      <c r="B98" s="9"/>
+      <c r="C98" s="5"/>
+      <c r="D98" s="5"/>
+      <c r="E98" s="5"/>
+      <c r="F98" s="6"/>
     </row>
-    <row r="99" spans="1:1" x14ac:dyDescent="0.2">
+    <row r="99" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A99">
         <v>2031</v>
       </c>
+      <c r="B99" s="9"/>
+      <c r="C99" s="5"/>
+      <c r="D99" s="5"/>
+      <c r="E99" s="5"/>
+      <c r="F99" s="6"/>
     </row>
-    <row r="100" spans="1:1" x14ac:dyDescent="0.2">
+    <row r="100" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A100">
         <v>2032</v>
       </c>
+      <c r="B100" s="9"/>
+      <c r="C100" s="5"/>
+      <c r="D100" s="5"/>
+      <c r="E100" s="5"/>
+      <c r="F100" s="6"/>
     </row>
-    <row r="101" spans="1:1" x14ac:dyDescent="0.2">
+    <row r="101" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A101">
         <v>2033</v>
       </c>
+      <c r="B101" s="9"/>
+      <c r="C101" s="5"/>
+      <c r="D101" s="5"/>
+      <c r="E101" s="5"/>
+      <c r="F101" s="6"/>
     </row>
-    <row r="102" spans="1:1" x14ac:dyDescent="0.2">
+    <row r="102" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A102">
         <v>2034</v>
       </c>
+      <c r="B102" s="9"/>
+      <c r="C102" s="5"/>
+      <c r="D102" s="5"/>
+      <c r="E102" s="5"/>
+      <c r="F102" s="6"/>
     </row>
-    <row r="103" spans="1:1" x14ac:dyDescent="0.2">
+    <row r="103" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A103">
         <v>2035</v>
       </c>
+      <c r="B103" s="9"/>
+      <c r="C103" s="5"/>
+      <c r="D103" s="5"/>
+      <c r="E103" s="5"/>
+      <c r="F103" s="6"/>
     </row>
-    <row r="104" spans="1:1" x14ac:dyDescent="0.2">
+    <row r="104" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A104">
         <v>2036</v>
       </c>
+      <c r="B104" s="9"/>
+      <c r="C104" s="5"/>
+      <c r="D104" s="5"/>
+      <c r="E104" s="5"/>
+      <c r="F104" s="6"/>
     </row>
-    <row r="105" spans="1:1" x14ac:dyDescent="0.2">
+    <row r="105" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A105">
         <v>2037</v>
       </c>
+      <c r="B105" s="9"/>
+      <c r="C105" s="5"/>
+      <c r="D105" s="5"/>
+      <c r="E105" s="5"/>
+      <c r="F105" s="6"/>
     </row>
-    <row r="106" spans="1:1" x14ac:dyDescent="0.2">
+    <row r="106" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A106">
         <v>2038</v>
       </c>
+      <c r="B106" s="9"/>
+      <c r="C106" s="5"/>
+      <c r="D106" s="5"/>
+      <c r="E106" s="5"/>
+      <c r="F106" s="6"/>
     </row>
-    <row r="107" spans="1:1" x14ac:dyDescent="0.2">
+    <row r="107" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A107">
         <v>2039</v>
       </c>
+      <c r="B107" s="9"/>
+      <c r="C107" s="5"/>
+      <c r="D107" s="5"/>
+      <c r="E107" s="5"/>
+      <c r="F107" s="6"/>
     </row>
-    <row r="108" spans="1:1" x14ac:dyDescent="0.2">
+    <row r="108" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A108">
         <v>2040</v>
       </c>
+      <c r="B108" s="9"/>
+      <c r="C108" s="5"/>
+      <c r="D108" s="5"/>
+      <c r="E108" s="5"/>
+      <c r="F108" s="6"/>
     </row>
-    <row r="109" spans="1:1" x14ac:dyDescent="0.2">
+    <row r="109" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A109">
         <v>2041</v>
       </c>
+      <c r="B109" s="9"/>
+      <c r="C109" s="5"/>
+      <c r="D109" s="5"/>
+      <c r="E109" s="5"/>
+      <c r="F109" s="6"/>
     </row>
-    <row r="110" spans="1:1" x14ac:dyDescent="0.2">
+    <row r="110" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A110">
         <v>2042</v>
       </c>
+      <c r="B110" s="9"/>
+      <c r="C110" s="5"/>
+      <c r="D110" s="5"/>
+      <c r="E110" s="5"/>
+      <c r="F110" s="6"/>
     </row>
-    <row r="111" spans="1:1" x14ac:dyDescent="0.2">
+    <row r="111" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A111">
         <v>2043</v>
       </c>
+      <c r="B111" s="9"/>
+      <c r="C111" s="5"/>
+      <c r="D111" s="5"/>
+      <c r="E111" s="5"/>
+      <c r="F111" s="6"/>
     </row>
-    <row r="112" spans="1:1" x14ac:dyDescent="0.2">
+    <row r="112" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A112">
         <v>2044</v>
       </c>
+      <c r="B112" s="9"/>
+      <c r="C112" s="5"/>
+      <c r="D112" s="5"/>
+      <c r="E112" s="5"/>
+      <c r="F112" s="6"/>
     </row>
-    <row r="113" spans="1:2" x14ac:dyDescent="0.2">
+    <row r="113" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A113">
         <v>2045</v>
       </c>
+      <c r="B113" s="9"/>
+      <c r="C113" s="5"/>
+      <c r="D113" s="5"/>
+      <c r="E113" s="5"/>
+      <c r="F113" s="6"/>
     </row>
-    <row r="114" spans="1:2" x14ac:dyDescent="0.2">
+    <row r="114" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A114">
         <v>2046</v>
       </c>
+      <c r="B114" s="9"/>
+      <c r="C114" s="5"/>
+      <c r="D114" s="5"/>
+      <c r="E114" s="5"/>
+      <c r="F114" s="6"/>
     </row>
-    <row r="115" spans="1:2" x14ac:dyDescent="0.2">
+    <row r="115" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A115">
         <v>2047</v>
       </c>
+      <c r="B115" s="9"/>
+      <c r="C115" s="5"/>
+      <c r="D115" s="5"/>
+      <c r="E115" s="5"/>
+      <c r="F115" s="6"/>
     </row>
-    <row r="116" spans="1:2" x14ac:dyDescent="0.2">
+    <row r="116" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A116">
         <v>2048</v>
       </c>
+      <c r="B116" s="9"/>
+      <c r="C116" s="5"/>
+      <c r="D116" s="5"/>
+      <c r="E116" s="5"/>
+      <c r="F116" s="6"/>
     </row>
-    <row r="117" spans="1:2" x14ac:dyDescent="0.2">
+    <row r="117" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A117">
         <v>2049</v>
       </c>
+      <c r="B117" s="9"/>
+      <c r="C117" s="5"/>
+      <c r="D117" s="5"/>
+      <c r="E117" s="5"/>
+      <c r="F117" s="6"/>
     </row>
-    <row r="118" spans="1:2" x14ac:dyDescent="0.2">
+    <row r="118" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A118">
         <v>2050</v>
       </c>
+      <c r="B118" s="9"/>
+      <c r="C118" s="5"/>
+      <c r="D118" s="5"/>
+      <c r="E118" s="5"/>
+      <c r="F118" s="6"/>
     </row>
-    <row r="119" spans="1:2" x14ac:dyDescent="0.2">
+    <row r="119" spans="1:6" x14ac:dyDescent="0.2">
       <c r="B119"/>
     </row>
-    <row r="120" spans="1:2" x14ac:dyDescent="0.2">
+    <row r="120" spans="1:6" x14ac:dyDescent="0.2">
       <c r="B120"/>
     </row>
-    <row r="121" spans="1:2" x14ac:dyDescent="0.2">
+    <row r="121" spans="1:6" x14ac:dyDescent="0.2">
       <c r="B121"/>
     </row>
-    <row r="122" spans="1:2" x14ac:dyDescent="0.2">
+    <row r="122" spans="1:6" x14ac:dyDescent="0.2">
       <c r="B122"/>
     </row>
-    <row r="123" spans="1:2" x14ac:dyDescent="0.2">
+    <row r="123" spans="1:6" x14ac:dyDescent="0.2">
       <c r="B123"/>
     </row>
-    <row r="124" spans="1:2" x14ac:dyDescent="0.2">
+    <row r="124" spans="1:6" x14ac:dyDescent="0.2">
       <c r="B124"/>
     </row>
-    <row r="125" spans="1:2" x14ac:dyDescent="0.2">
+    <row r="125" spans="1:6" x14ac:dyDescent="0.2">
       <c r="B125"/>
     </row>
-    <row r="126" spans="1:2" x14ac:dyDescent="0.2">
+    <row r="126" spans="1:6" x14ac:dyDescent="0.2">
       <c r="B126"/>
     </row>
-    <row r="127" spans="1:2" x14ac:dyDescent="0.2">
+    <row r="127" spans="1:6" x14ac:dyDescent="0.2">
       <c r="B127"/>
     </row>
-    <row r="128" spans="1:2" x14ac:dyDescent="0.2">
+    <row r="128" spans="1:6" x14ac:dyDescent="0.2">
       <c r="B128"/>
     </row>
     <row r="129" spans="2:2" x14ac:dyDescent="0.2">
       <c r="B129"/>
     </row>
     <row r="130" spans="2:2" x14ac:dyDescent="0.2">
       <c r="B130"/>
     </row>
     <row r="131" spans="2:2" x14ac:dyDescent="0.2">
       <c r="B131"/>
     </row>
     <row r="132" spans="2:2" x14ac:dyDescent="0.2">
       <c r="B132"/>
     </row>
     <row r="133" spans="2:2" x14ac:dyDescent="0.2">
       <c r="B133"/>
     </row>
     <row r="134" spans="2:2" x14ac:dyDescent="0.2">
       <c r="B134"/>
     </row>
     <row r="135" spans="2:2" x14ac:dyDescent="0.2">
       <c r="B135"/>
     </row>
     <row r="136" spans="2:2" x14ac:dyDescent="0.2">
       <c r="B136"/>